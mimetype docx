--- v0 (2025-12-15)
+++ v1 (2026-03-10)
@@ -37,51 +37,71 @@
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:highlight w:val="yellow"/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="2E3E577D">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:highlight w:val="none"/>
           <w:shd w:val="clear" w:fill="auto"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:shd w:val="clear" w:fill="auto"/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
-        <w:t>Of. n° $NUMERO$/2025-SG</w:t>
+        <w:t>Of. n° $NUMERO$/</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:fill="auto"/>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t>$ANO$</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:fill="auto"/>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t>-SG</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5EDA267E">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:highlight w:val="none"/>
           <w:shd w:val="clear" w:fill="auto"/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="3E225ACF">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:highlight w:val="none"/>
           <w:shd w:val="clear" w:fill="auto"/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
       </w:pPr>
@@ -267,83 +287,103 @@
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:shd w:val="clear" w:fill="auto"/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>Senhoria</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:shd w:val="clear" w:fill="auto"/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve"> o $DOCUMENTOTRAMITEDOCUMENTO$ de autoria do vereador $DOCUMENTOTRAMITEAUTORIA$, subscrito por demais edis, que foi apresentado e aprovado em sessão ordinária desta Casa de Leis, realizada em</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:hint="default" w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:shd w:val="clear" w:fill="auto"/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
-        <w:t xml:space="preserve"> 9</w:t>
+        <w:t xml:space="preserve"> 9 </w:t>
       </w:r>
       <w:bookmarkStart w:id="1" w:name="_GoBack"/>
       <w:bookmarkEnd w:id="1"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:shd w:val="clear" w:fill="auto"/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
-        <w:t xml:space="preserve"> de </w:t>
+        <w:t xml:space="preserve">de </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:hint="default" w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:shd w:val="clear" w:fill="auto"/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
-        <w:t>Dezembro</w:t>
+        <w:t>março</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:shd w:val="clear" w:fill="auto"/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
-        <w:t xml:space="preserve"> de 2025, conforme cópia anexa.</w:t>
+        <w:t xml:space="preserve"> de 202</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:fill="auto"/>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t>6</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:fill="auto"/>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t>, conforme cópia anexa.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6C06E763">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:highlight w:val="none"/>
           <w:shd w:val="clear" w:fill="auto"/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="430C2B7A">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:highlight w:val="none"/>
           <w:shd w:val="clear" w:fill="auto"/>
           <w:lang w:val="pt-BR"/>
@@ -2170,91 +2210,100 @@
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:wpsCustomData="http://www.wps.cn/officeDocument/2013/wpsCustomData" mc:Ignorable="w14">
   <w:zoom w:percent="100"/>
   <w:displayBackgroundShape w:val="1"/>
   <w:embedSystemFonts/>
   <w:documentProtection w:enforcement="0"/>
   <w:defaultTabStop w:val="708"/>
   <w:autoHyphenation/>
   <w:footnotePr>
     <w:footnote w:id="0"/>
     <w:footnote w:id="1"/>
   </w:footnotePr>
   <w:compat>
     <w:doNotExpandShiftReturn/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="12"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00000000"/>
+    <w:rsid w:val="00A14EAA"/>
     <w:rsid w:val="06715F36"/>
     <w:rsid w:val="0DBE1409"/>
     <w:rsid w:val="0DCE441E"/>
     <w:rsid w:val="15235D4E"/>
     <w:rsid w:val="15B12DD0"/>
     <w:rsid w:val="166F345E"/>
     <w:rsid w:val="17B30232"/>
     <w:rsid w:val="194A400F"/>
     <w:rsid w:val="1A645560"/>
     <w:rsid w:val="1EAE7D55"/>
     <w:rsid w:val="21224F5C"/>
+    <w:rsid w:val="21D71589"/>
     <w:rsid w:val="227A4BBB"/>
+    <w:rsid w:val="242D405B"/>
     <w:rsid w:val="259D743C"/>
     <w:rsid w:val="279F33C2"/>
     <w:rsid w:val="2AAF2103"/>
     <w:rsid w:val="2ECD56B3"/>
     <w:rsid w:val="3AFA4309"/>
     <w:rsid w:val="3CB6555E"/>
+    <w:rsid w:val="3F3A5B3C"/>
     <w:rsid w:val="4061642B"/>
     <w:rsid w:val="409B0700"/>
     <w:rsid w:val="44256B37"/>
     <w:rsid w:val="44CC5CC8"/>
     <w:rsid w:val="480A094E"/>
     <w:rsid w:val="489428DB"/>
     <w:rsid w:val="4991484D"/>
+    <w:rsid w:val="49D01A3B"/>
     <w:rsid w:val="49F01BEC"/>
+    <w:rsid w:val="4B0F40E4"/>
     <w:rsid w:val="4B4B3955"/>
+    <w:rsid w:val="4F2350CE"/>
     <w:rsid w:val="53710851"/>
     <w:rsid w:val="5463197D"/>
     <w:rsid w:val="569B456B"/>
     <w:rsid w:val="58424930"/>
+    <w:rsid w:val="5AE24819"/>
     <w:rsid w:val="60C6688F"/>
     <w:rsid w:val="62785CDD"/>
     <w:rsid w:val="62F44D87"/>
     <w:rsid w:val="65574F75"/>
     <w:rsid w:val="66D825D3"/>
     <w:rsid w:val="673D3EC0"/>
     <w:rsid w:val="6B0D6E81"/>
     <w:rsid w:val="6F1B5C90"/>
     <w:rsid w:val="715643AD"/>
     <w:rsid w:val="72CD1922"/>
+    <w:rsid w:val="73CA0659"/>
     <w:rsid w:val="7BFB3A6B"/>
   </w:rsids>
   <m:mathPr>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US" w:eastAsia="zh-CN" w:bidi="zh-CN"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:wpsCustomData="http://www.wps.cn/officeDocument/2013/wpsCustomData" mc:Ignorable="w14">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:cstheme="minorBidi"/>
@@ -7875,49 +7924,49 @@
                 <a:shade val="63000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
           <a:tileRect/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <Pages>1</Pages>
   <Words>63</Words>
   <Characters>423</Characters>
   <Paragraphs>8</Paragraphs>
   <TotalTime></TotalTime>
   <ScaleCrop>false</ScaleCrop>
   <LinksUpToDate>false</LinksUpToDate>
   <CharactersWithSpaces>478</CharactersWithSpaces>
-  <Application>WPS Office_12.2.0.23155_F1E327BC-269C-435d-A152-05C5408002CA</Application>
+  <Application>WPS Office_12.2.0.23196_F1E327BC-269C-435d-A152-05C5408002CA</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Kamilly</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ICV">
     <vt:lpwstr>7BD3D3D27BC7440DADD698ABB8B6AE76_11</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="KSOProductBuildVer">
-    <vt:lpwstr>1033-12.2.0.23155</vt:lpwstr>
+    <vt:lpwstr>1033-12.2.0.23196</vt:lpwstr>
   </property>
 </Properties>
 </file>