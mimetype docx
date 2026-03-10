--- v0 (2025-12-15)
+++ v1 (2026-03-10)
@@ -37,51 +37,71 @@
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:highlight w:val="yellow"/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="0FBFAF5A">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:highlight w:val="none"/>
           <w:shd w:val="clear" w:fill="auto"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:shd w:val="clear" w:fill="auto"/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
-        <w:t>Of. nº $NUMERO$/2025-SG</w:t>
+        <w:t>Of. nº $NUMERO$/</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:fill="auto"/>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t>$ANO$</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:fill="auto"/>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t>-SG</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="086C15FE">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:highlight w:val="none"/>
           <w:shd w:val="clear" w:fill="auto"/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="72FE7EFF">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:highlight w:val="none"/>
           <w:shd w:val="clear" w:fill="auto"/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
       </w:pPr>
@@ -191,114 +211,107 @@
           <w:lang w:val="pt-BR"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="689D4590">
       <w:pPr>
         <w:pStyle w:val="82"/>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:ind w:firstLine="2400"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:shd w:val="clear" w:fill="auto"/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve">Levamos ao conhecimento de Vossas Senhorias, que em sessão ordinária desta Casa de Leis, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
-          <w:shd w:val="clear" w:fill="auto"/>
-[...7 lines deleted...]
-          <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:shd w:val="clear" w:fill="auto"/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
+        <w:t>realizada em</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:hint="default" w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:shd w:val="clear" w:fill="auto"/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
-        <w:t>9</w:t>
+        <w:t xml:space="preserve">  9</w:t>
       </w:r>
       <w:bookmarkStart w:id="0" w:name="_GoBack"/>
       <w:bookmarkEnd w:id="0"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:shd w:val="clear" w:fill="auto"/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve"> de </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:hint="default" w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:shd w:val="clear" w:fill="auto"/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
-        <w:t>Dezembro</w:t>
+        <w:t>março</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:fill="auto"/>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  de 202</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:hint="default" w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
           <w:shd w:val="clear" w:fill="auto"/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...8 lines deleted...]
-        <w:t>de 2025</w:t>
+        <w:t>6</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:shd w:val="clear" w:fill="auto"/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>, foi apresentado e aprovado o $DOCUMENTOTRAMITEDOCUMENTO$</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:shd w:val="clear" w:fill="auto"/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve"> de autoria </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:highlight w:val="yellow"/>
@@ -2309,93 +2322,101 @@
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:wpsCustomData="http://www.wps.cn/officeDocument/2013/wpsCustomData" mc:Ignorable="w14">
   <w:zoom w:percent="100"/>
   <w:displayBackgroundShape w:val="1"/>
   <w:embedSystemFonts/>
   <w:documentProtection w:enforcement="0"/>
   <w:defaultTabStop w:val="708"/>
   <w:autoHyphenation/>
   <w:footnotePr>
     <w:footnote w:id="0"/>
     <w:footnote w:id="1"/>
   </w:footnotePr>
   <w:compat>
     <w:doNotExpandShiftReturn/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="12"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00000000"/>
     <w:rsid w:val="0164321A"/>
+    <w:rsid w:val="05326703"/>
     <w:rsid w:val="06502810"/>
     <w:rsid w:val="0C265294"/>
     <w:rsid w:val="0D8E78CB"/>
     <w:rsid w:val="0E6853C2"/>
     <w:rsid w:val="0FB750B5"/>
     <w:rsid w:val="0FE01138"/>
+    <w:rsid w:val="10F4671B"/>
     <w:rsid w:val="126E33A4"/>
     <w:rsid w:val="13BE6591"/>
     <w:rsid w:val="14817536"/>
     <w:rsid w:val="14CC2A42"/>
     <w:rsid w:val="17664F23"/>
     <w:rsid w:val="251023A1"/>
     <w:rsid w:val="25786C47"/>
     <w:rsid w:val="307A62C7"/>
     <w:rsid w:val="33865DD4"/>
+    <w:rsid w:val="357A2FFE"/>
     <w:rsid w:val="37836CC1"/>
     <w:rsid w:val="37E23ACA"/>
     <w:rsid w:val="3A626CCC"/>
     <w:rsid w:val="3BDE1852"/>
     <w:rsid w:val="3E0D10FD"/>
     <w:rsid w:val="3E590443"/>
+    <w:rsid w:val="415A4497"/>
     <w:rsid w:val="41EC53BB"/>
     <w:rsid w:val="43673064"/>
     <w:rsid w:val="46A5382B"/>
     <w:rsid w:val="46C129AE"/>
+    <w:rsid w:val="46D06713"/>
     <w:rsid w:val="4C1077A9"/>
     <w:rsid w:val="4CFB5A3E"/>
     <w:rsid w:val="4DDB2845"/>
+    <w:rsid w:val="4F400EB4"/>
     <w:rsid w:val="51EF166B"/>
     <w:rsid w:val="53823AE9"/>
     <w:rsid w:val="566C39F8"/>
     <w:rsid w:val="568700FA"/>
     <w:rsid w:val="57A55075"/>
     <w:rsid w:val="58E106BA"/>
     <w:rsid w:val="5BB56704"/>
     <w:rsid w:val="5FFE1D6B"/>
     <w:rsid w:val="60D60E6B"/>
     <w:rsid w:val="63DD4F07"/>
     <w:rsid w:val="63F6279D"/>
     <w:rsid w:val="64C15660"/>
     <w:rsid w:val="65235095"/>
     <w:rsid w:val="66C873F9"/>
     <w:rsid w:val="6DBA70B5"/>
+    <w:rsid w:val="72157615"/>
+    <w:rsid w:val="76206602"/>
   </w:rsids>
   <m:mathPr>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US" w:eastAsia="zh-CN" w:bidi="zh-CN"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:wpsCustomData="http://www.wps.cn/officeDocument/2013/wpsCustomData" mc:Ignorable="w14">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:cstheme="minorBidi"/>
       </w:rPr>
@@ -8089,49 +8110,49 @@
                 <a:shade val="63000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
           <a:tileRect/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <Pages>1</Pages>
   <Words>84</Words>
   <Characters>568</Characters>
   <Paragraphs>11</Paragraphs>
   <TotalTime></TotalTime>
   <ScaleCrop>false</ScaleCrop>
   <LinksUpToDate>false</LinksUpToDate>
   <CharactersWithSpaces>745</CharactersWithSpaces>
-  <Application>WPS Office_12.2.0.23155_F1E327BC-269C-435d-A152-05C5408002CA</Application>
+  <Application>WPS Office_12.2.0.23196_F1E327BC-269C-435d-A152-05C5408002CA</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Kamilly</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ICV">
     <vt:lpwstr>7A75615D8BB5483491EF264783B898BE_11</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="KSOProductBuildVer">
-    <vt:lpwstr>1033-12.2.0.23155</vt:lpwstr>
+    <vt:lpwstr>1033-12.2.0.23196</vt:lpwstr>
   </property>
 </Properties>
 </file>